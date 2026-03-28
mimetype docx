--- v0 (2025-12-01)
+++ v1 (2026-03-28)
@@ -1,77 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00ED049D" w:rsidRDefault="00B76C14" w:rsidP="00045D7B">
+    <w:p w:rsidR="00ED049D" w:rsidRDefault="005034F9" w:rsidP="00045D7B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Блок «</w:t>
+        <w:t>Специальная разметка для блока</w:t>
+      </w:r>
+      <w:r w:rsidR="00B76C14">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
       </w:r>
       <w:r w:rsidR="00D74D36">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Вопрос-ответ</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00B76C14">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00ED049D" w:rsidRDefault="00ED049D" w:rsidP="00804AE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00804AE4" w:rsidRDefault="00804AE4" w:rsidP="00045D7B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Основные элементы</w:t>
       </w:r>
@@ -139,56 +142,59 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1847" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00804AE4" w:rsidRPr="00804AE4" w:rsidRDefault="00804AE4" w:rsidP="00804AE4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00804AE4">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Обязательно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00347048" w:rsidTr="00392734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5373" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00347048" w:rsidRPr="003C4AC9" w:rsidRDefault="00347048" w:rsidP="00347048">
+          <w:p w:rsidR="00347048" w:rsidRPr="003C4AC9" w:rsidRDefault="00347048" w:rsidP="002C7280">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="003C4AC9">
-              <w:t>Индикатор начала задания</w:t>
+              <w:t xml:space="preserve">Индикатор начала </w:t>
+            </w:r>
+            <w:r w:rsidR="002C7280">
+              <w:t>блока</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00347048" w:rsidRPr="003C4AC9" w:rsidRDefault="00347048" w:rsidP="00347048">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>&lt;</w:t>
             </w:r>
             <w:r>
               <w:t>начало</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -496,700 +502,111 @@
         </w:rPr>
         <w:t>абзац</w:t>
       </w:r>
       <w:r w:rsidRPr="00880DBE">
         <w:rPr>
           <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
       <w:r w:rsidR="00A74A6D">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:t>Это текст абзаца</w:t>
       </w:r>
       <w:r w:rsidR="00D74D36">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> с ответом</w:t>
       </w:r>
       <w:r w:rsidR="00A74A6D">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
-        <w:t xml:space="preserve"> без дополнительного форматирования. На странице таких абзацев может быть любое количество. Для абзаца можно также сделать дополнительные настройки.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00642C01" w:rsidRDefault="00642C01" w:rsidP="0013747B">
+        <w:t xml:space="preserve"> без дополнительного форматирования. На странице</w:t>
+      </w:r>
+      <w:r w:rsidR="005034F9">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с вопросом</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74A6D">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таких абзацев может быть любое количество. </w:t>
+      </w:r>
+      <w:r w:rsidR="005034F9">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Внешний вид абзаца можно также изменить уже непосредственно в редакторе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005034F9">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>Тестемы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005034F9">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED049D" w:rsidRDefault="00ED049D" w:rsidP="00E42DA4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00642C01" w:rsidRDefault="00642C01" w:rsidP="00BB5559">
+    <w:p w:rsidR="005034F9" w:rsidRDefault="005034F9" w:rsidP="00E42DA4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED049D" w:rsidRDefault="00ED049D" w:rsidP="003D16B9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...625 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Дополнительные элементы </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA276A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>(не являются обязательными)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00ED049D" w:rsidRDefault="00ED049D" w:rsidP="00ED049D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -1483,674 +900,416 @@
             </w:r>
             <w:r>
               <w:t>&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F00B7" w:rsidTr="00263D0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002F00B7" w:rsidRDefault="002F00B7" w:rsidP="00A21360">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Изображение </w:t>
             </w:r>
             <w:r w:rsidR="00A21360">
               <w:t>для страницы</w:t>
             </w:r>
             <w:r w:rsidR="00E61DF2">
               <w:t xml:space="preserve"> с вопросом</w:t>
             </w:r>
+            <w:r w:rsidR="005034F9">
+              <w:t xml:space="preserve"> (любое количество)</w:t>
+            </w:r>
             <w:r w:rsidR="00D9725B">
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002F00B7" w:rsidRDefault="002F00B7" w:rsidP="002F00B7">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>&lt;фото&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F00B7" w:rsidTr="00263D0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002F00B7" w:rsidRDefault="002F00B7" w:rsidP="002F00B7">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>Описание изображения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002F00B7" w:rsidRDefault="002F00B7" w:rsidP="002F00B7">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>&lt;описание&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7C76" w:rsidTr="00263D0B">
+      <w:tr w:rsidR="005034F9" w:rsidTr="00263D0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E7C76" w:rsidRDefault="003E7C76" w:rsidP="00A21360">
+          <w:p w:rsidR="005034F9" w:rsidRDefault="005034F9" w:rsidP="005034F9">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Аудио или видеофайл </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> с защитой от копирования)*</w:t>
+              <w:t>Аудио или видеофайл (воспроизводится непосредственно на странице блока)*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E7C76" w:rsidRDefault="003E7C76" w:rsidP="003E7C76">
+          <w:p w:rsidR="005034F9" w:rsidRDefault="005034F9" w:rsidP="005034F9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>&lt;файл&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7C76" w:rsidTr="00263D0B">
+      <w:tr w:rsidR="005034F9" w:rsidTr="00263D0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E7C76" w:rsidRDefault="003E7C76" w:rsidP="00A21360">
+          <w:p w:rsidR="005034F9" w:rsidRDefault="005034F9" w:rsidP="005034F9">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>Внешний аудио или видеофайл (</w:t>
+              <w:t>Ссылка на внешний аудио или видеофайл (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>URL</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> стороннего ресурса, например </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> в ответе</w:t>
+              <w:t xml:space="preserve"> стороннего ресурса), невидимая для пользователя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E7C76" w:rsidRDefault="003E7C76" w:rsidP="003E7C76">
+          <w:p w:rsidR="005034F9" w:rsidRDefault="005034F9" w:rsidP="005034F9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>&lt;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>html</w:t>
             </w:r>
             <w:r>
               <w:t>&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F00B7" w:rsidTr="00263D0B">
+      <w:tr w:rsidR="005034F9" w:rsidTr="00263D0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002F00B7" w:rsidRDefault="002F00B7" w:rsidP="002F00B7">
+          <w:p w:rsidR="005034F9" w:rsidRDefault="005034F9" w:rsidP="005034F9">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>Текст ссылки, на которую нужно кликнуть, чтобы просмотреть или прослушать аудио или видеофайл</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> в ответе</w:t>
+              <w:t>Текст ссылки для перехода на внешнюю страницу с аудио или видеофайлом, отображаемый пользователю в абзацах ответа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002F00B7" w:rsidRDefault="002F00B7" w:rsidP="002F00B7">
+          <w:p w:rsidR="005034F9" w:rsidRDefault="005034F9" w:rsidP="005034F9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>&lt;ссылка&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F00B7" w:rsidTr="00263D0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002F00B7" w:rsidRDefault="002F00B7" w:rsidP="002F00B7">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>Источник изображения, аудио или видеофайла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002F00B7" w:rsidRDefault="002F00B7" w:rsidP="002F00B7">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>&lt;источник&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00ED049D" w:rsidRDefault="00ED049D" w:rsidP="00ED049D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED049D" w:rsidRDefault="00ED049D" w:rsidP="00ED049D">
+    <w:p w:rsidR="005034F9" w:rsidRDefault="005034F9" w:rsidP="00F34E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005034F9" w:rsidRDefault="005034F9" w:rsidP="00F34E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005034F9" w:rsidRDefault="005034F9" w:rsidP="00F34E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005034F9" w:rsidRDefault="005034F9" w:rsidP="005034F9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>*для аудио или видеофайла указывается полный путь к файлу на вашем ПК. Пример:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00ED049D" w:rsidRDefault="00ED049D" w:rsidP="00ED049D">
+        <w:lastRenderedPageBreak/>
+        <w:t>* указывается только название файла, без пути на вашем ПК. Пример:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005034F9" w:rsidRDefault="005034F9" w:rsidP="005034F9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D9725B" w:rsidRPr="00D9725B" w:rsidRDefault="00D9725B" w:rsidP="00D9725B">
+    <w:p w:rsidR="005034F9" w:rsidRPr="00D9725B" w:rsidRDefault="005034F9" w:rsidP="005034F9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
       </w:pPr>
-      <w:r w:rsidRPr="00880DBE">
+      <w:r w:rsidRPr="00653D88">
         <w:rPr>
           <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
         </w:rPr>
         <w:t>&lt;фото&gt;</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>picture</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E75CF7">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>C</w:t>
-[...36 lines deleted...]
-        </w:rPr>
         <w:t>jpg</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED049D" w:rsidRPr="005A74EF" w:rsidRDefault="00ED049D" w:rsidP="00ED049D">
+    <w:p w:rsidR="005034F9" w:rsidRPr="005A74EF" w:rsidRDefault="005034F9" w:rsidP="005034F9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
       </w:pPr>
-      <w:r w:rsidRPr="00880DBE">
+      <w:r w:rsidRPr="00653D88">
         <w:rPr>
           <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
         </w:rPr>
         <w:t>&lt;файл&gt;</w:t>
-      </w:r>
-[...11 lines deleted...]
-        <w:t>:\мои проекты\Тесты для студентов\видео\</w:t>
       </w:r>
       <w:r w:rsidRPr="00E75CF7">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sample</w:t>
       </w:r>
       <w:r w:rsidRPr="00E75CF7">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E75CF7">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>mp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E75CF7">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED049D" w:rsidRDefault="00ED049D" w:rsidP="00ED049D">
+    <w:p w:rsidR="005034F9" w:rsidRDefault="005034F9" w:rsidP="005034F9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00642C01" w:rsidRPr="00D5064A" w:rsidRDefault="00ED049D" w:rsidP="00ED049D">
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005034F9" w:rsidRDefault="005034F9" w:rsidP="005034F9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...75 lines deleted...]
-      <w:r w:rsidRPr="00BE6AD5">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">ВАЖНО: элементы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001358BD">
         <w:t>&lt;</w:t>
       </w:r>
       <w:r>
-        <w:t>файл</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE6AD5">
+        <w:t>описание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001358BD">
         <w:t>&gt;</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (т.е. для аудио или видеофайлов) также существует более простой и надежный вариант добавления в проект. Вы можете указать только имя самого файла без полного пути его расположения:</w:t>
-[...120 lines deleted...]
-      <w:r w:rsidR="001358BD" w:rsidRPr="001358BD">
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013747B">
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="001358BD">
-[...2 lines deleted...]
-      <w:r w:rsidR="001358BD" w:rsidRPr="001358BD">
+      <w:r>
+        <w:t>источник</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013747B">
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="001358BD">
-[...15 lines deleted...]
-        <w:t xml:space="preserve">являются компонентами элемента </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> являются компонентами элемента </w:t>
       </w:r>
       <w:r w:rsidRPr="00D9725B">
         <w:t>&lt;</w:t>
       </w:r>
       <w:r>
         <w:t>фото</w:t>
       </w:r>
       <w:r w:rsidRPr="00D9725B">
         <w:t>&gt;</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D9725B">
         <w:t>или &lt;</w:t>
       </w:r>
       <w:r>
         <w:t>файл</w:t>
       </w:r>
       <w:r w:rsidRPr="00D9725B">
         <w:t>&gt;</w:t>
       </w:r>
       <w:r>
-        <w:t>, стояще</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t>, стоящего в вашем тексте непосредственно перед ними.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005034F9" w:rsidRDefault="005034F9" w:rsidP="00F34E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00642C01" w:rsidRDefault="00D9725B" w:rsidP="00F34E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AD2A25">
         <w:t xml:space="preserve">Пример записи </w:t>
       </w:r>
       <w:r w:rsidR="00B260FD">
         <w:t>для страницы</w:t>
       </w:r>
       <w:r w:rsidR="00AD2A25">
         <w:t xml:space="preserve"> с полным набором параметров:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD2A25" w:rsidRDefault="00AD2A25" w:rsidP="00AD2A25">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2244,235 +1403,185 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00880DBE" w:rsidRPr="00B260FD" w:rsidRDefault="00880DBE" w:rsidP="00880DBE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880DBE">
         <w:rPr>
           <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>&lt;фото&gt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00B260FD">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>C</w:t>
+        <w:t>picture</w:t>
       </w:r>
       <w:r w:rsidRPr="00B260FD">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>:\мои проекты\Тесты для студентов\фото\</w:t>
+        <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B260FD">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>picture</w:t>
+        <w:t>jpg</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00880DBE" w:rsidRPr="00B260FD" w:rsidRDefault="00880DBE" w:rsidP="00880DBE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00880DBE">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;источник&gt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00B260FD">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>1.</w:t>
+        <w:t>Атлас хвойных растений, издательство «Природа», 2024 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B260FD" w:rsidRDefault="00B260FD" w:rsidP="00B260FD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00880DBE">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;центр&gt;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Это текст </w:t>
+      </w:r>
+      <w:r w:rsidR="00880DBE">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">абзаца ответа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в центре</w:t>
       </w:r>
       <w:r w:rsidRPr="00B260FD">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00880DBE" w:rsidRPr="00B260FD" w:rsidRDefault="00880DBE" w:rsidP="00880DBE">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B260FD" w:rsidRDefault="00B260FD" w:rsidP="00B260FD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880DBE">
         <w:rPr>
           <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>&lt;источник&gt;</w:t>
-[...69 lines deleted...]
-        </w:rPr>
         <w:t>&lt;отступ&gt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B260FD">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00134A36" w:rsidRPr="00B260FD">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Это текст абзаца</w:t>
       </w:r>
-      <w:r w:rsidR="00880DBE">
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00134A36">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, имеющий отступ слева</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B260FD">
+      <w:r w:rsidR="00134A36" w:rsidRPr="00B260FD">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00385997">
-[...34 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00134A36">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обычно его используют, когда хотят начать новую мысль.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B260FD" w:rsidRDefault="00B260FD" w:rsidP="00B260FD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880DBE">
         <w:rPr>
           <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>&lt;абзац&gt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00B260FD">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Это текст абзаца без дополнительного форматирования.</w:t>
@@ -2963,50 +2072,61 @@
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3909">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>наклон</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3909">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="005034F9" w:rsidRDefault="005034F9" w:rsidP="009A3909">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="009A3909" w:rsidRDefault="009A3909" w:rsidP="009A3909">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880DBE">
         <w:rPr>
           <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>&lt;задача&gt;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:t>А это уже страница со вторым вопросом.</w:t>
       </w:r>
       <w:r w:rsidR="00403C66">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
@@ -3078,57 +2198,58 @@
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3909">
         <w:rPr>
           <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>&lt;абзац&gt;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Конечно нет! Ведь </w:t>
       </w:r>
       <w:r w:rsidR="00403C66">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>изображение было добавлено только для страницы с предыдущим вопросом.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF4F5F" w:rsidRPr="00BF4F5F" w:rsidRDefault="00BF4F5F" w:rsidP="009A3909">
+    <w:p w:rsidR="00BF4F5F" w:rsidRDefault="00BF4F5F" w:rsidP="009A3909">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880DBE">
         <w:rPr>
           <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00880DBE">
         <w:rPr>
           <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>!&gt;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Обратите</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
@@ -3171,661 +2292,196 @@
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>источник</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4F5F">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (при наличии) можно указать не только в начале страницы, но и в любом ее месте. Независимо от этого, изображение будет показано на экране там, где это определено системой.</w:t>
-[...24 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> (при наличии) можно указать не только в начале страницы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Так будет выглядеть</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">в </w:t>
+        <w:t xml:space="preserve">но и в любом ее месте. Независимо от этого, </w:t>
+      </w:r>
+      <w:r w:rsidR="005034F9">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">все </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изображени</w:t>
+      </w:r>
+      <w:r w:rsidR="005034F9">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> буд</w:t>
+      </w:r>
+      <w:r w:rsidR="005034F9">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т показан</w:t>
+      </w:r>
+      <w:r w:rsidR="005034F9">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на экране </w:t>
+      </w:r>
+      <w:r w:rsidR="005034F9">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в специальном слайдере </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>там, где это определено системой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005034F9" w:rsidRDefault="005034F9" w:rsidP="009A3909">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005034F9" w:rsidRPr="004D64AF" w:rsidRDefault="005034F9" w:rsidP="005034F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Чтобы увидеть результат импорта, создайте новый файл, скопируйте в него данный пример и загрузите в редакторе </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00C03F07">
-        <w:t>Тестеме</w:t>
+      <w:r>
+        <w:t>Тестемы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C03F07">
-[...485 lines deleted...]
-        <w:t xml:space="preserve">Так будет выглядеть страница со вторым вопросом в </w:t>
+      <w:r>
+        <w:t xml:space="preserve">, изменив названия </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Тестеме</w:t>
+        <w:t>медиафайлов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>:</w:t>
-[...70 lines deleted...]
-    <w:sectPr w:rsidR="00A4761A" w:rsidSect="006C0B77">
+        <w:t xml:space="preserve"> и изображений на свои. Общие принципы добавления специальной разметки </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Тестемы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в текстовые файлы, а также пошаговую инструкцию по импорту в редакторе можно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:r w:rsidRPr="004970C7">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>скачать здесь</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005034F9" w:rsidRPr="00BF4F5F" w:rsidRDefault="005034F9" w:rsidP="009A3909">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="005034F9" w:rsidRPr="00BF4F5F" w:rsidSect="005034F9">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="851" w:bottom="567" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
@@ -3835,68 +2491,71 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA7138"/>
     <w:rsid w:val="00045D7B"/>
     <w:rsid w:val="00091140"/>
     <w:rsid w:val="000E4F92"/>
     <w:rsid w:val="000F3E2A"/>
     <w:rsid w:val="001152D5"/>
+    <w:rsid w:val="00134A36"/>
     <w:rsid w:val="001358BD"/>
     <w:rsid w:val="0013747B"/>
     <w:rsid w:val="00183B15"/>
     <w:rsid w:val="00201BFA"/>
     <w:rsid w:val="002163B8"/>
     <w:rsid w:val="00224D06"/>
     <w:rsid w:val="00236598"/>
     <w:rsid w:val="00253926"/>
     <w:rsid w:val="002A0A3A"/>
+    <w:rsid w:val="002C7280"/>
     <w:rsid w:val="002F00B7"/>
     <w:rsid w:val="00347048"/>
     <w:rsid w:val="00385997"/>
     <w:rsid w:val="00392734"/>
     <w:rsid w:val="003D16B9"/>
     <w:rsid w:val="003D532F"/>
     <w:rsid w:val="003E7C76"/>
     <w:rsid w:val="00403C66"/>
     <w:rsid w:val="00487934"/>
+    <w:rsid w:val="005034F9"/>
     <w:rsid w:val="005A74EF"/>
     <w:rsid w:val="00636DA8"/>
     <w:rsid w:val="00642C01"/>
     <w:rsid w:val="006C0B77"/>
     <w:rsid w:val="007853CC"/>
     <w:rsid w:val="007E3E1E"/>
     <w:rsid w:val="00804AE4"/>
     <w:rsid w:val="008242FF"/>
     <w:rsid w:val="00826A1B"/>
     <w:rsid w:val="008544D5"/>
     <w:rsid w:val="00870751"/>
     <w:rsid w:val="00871A1F"/>
     <w:rsid w:val="00880DBE"/>
     <w:rsid w:val="008C6685"/>
     <w:rsid w:val="008D694D"/>
     <w:rsid w:val="00922C48"/>
     <w:rsid w:val="009A3909"/>
     <w:rsid w:val="009B6712"/>
     <w:rsid w:val="00A21360"/>
     <w:rsid w:val="00A4761A"/>
     <w:rsid w:val="00A74A6D"/>
     <w:rsid w:val="00AD2A25"/>
     <w:rsid w:val="00B260FD"/>
     <w:rsid w:val="00B42423"/>
     <w:rsid w:val="00B76C14"/>
@@ -3929,51 +2588,51 @@
     <w:rsid w:val="00FF64CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="037554D5"/>
+  <w14:docId w14:val="15EF3514"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{26BFF56E-5618-42B5-8955-42A21F953643}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -4383,62 +3042,73 @@
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00804AE4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005034F9"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://testema.ru/web?download=%D0%9F%D0%BE%D1%88%D0%B0%D0%B3%D0%BE%D0%B2%D0%B0%D1%8F%20%D0%98%D0%BD%D1%81%D1%82%D1%80%D1%83%D0%BA%D1%86%D0%B8%D1%8F%20%D0%BF%D0%BE%20%D1%80%D0%B0%D0%B7%D0%BC%D0%B5%D1%82%D0%BA%D0%B5.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4662,70 +3332,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>4582</Characters>
+  <Pages>3</Pages>
+  <Words>652</Words>
+  <Characters>3723</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5375</CharactersWithSpaces>
+  <CharactersWithSpaces>4367</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>