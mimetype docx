--- v0 (2025-12-01)
+++ v1 (2026-03-28)
@@ -1,4521 +1,2873 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00ED049D" w:rsidRDefault="005D5859" w:rsidP="00045D7B">
+    <w:p w:rsidR="00ED049D" w:rsidRPr="00986934" w:rsidRDefault="00986934" w:rsidP="00045D7B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A74A6D">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Специальная разметка для блока</w:t>
+      </w:r>
+      <w:r w:rsidR="005D5859" w:rsidRPr="00986934">
         <w:rPr>
           <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74A6D" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Лекция</w:t>
       </w:r>
-      <w:r w:rsidR="00E25742">
+      <w:r w:rsidR="00E25742" w:rsidRPr="00986934">
         <w:rPr>
           <w:b/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> с тезисами</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005D5859" w:rsidRPr="00986934">
         <w:rPr>
           <w:b/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED049D" w:rsidRDefault="00ED049D" w:rsidP="00804AE4">
+    <w:p w:rsidR="00ED049D" w:rsidRPr="00986934" w:rsidRDefault="00ED049D" w:rsidP="00804AE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00804AE4" w:rsidRDefault="00804AE4" w:rsidP="00045D7B">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00804AE4" w:rsidRPr="00986934" w:rsidRDefault="00804AE4" w:rsidP="00045D7B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
         <w:rPr>
           <w:b/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Основные элементы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00804AE4" w:rsidRDefault="00804AE4" w:rsidP="00804AE4">
+    <w:p w:rsidR="00804AE4" w:rsidRPr="00986934" w:rsidRDefault="00804AE4" w:rsidP="00804AE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5373"/>
         <w:gridCol w:w="2124"/>
         <w:gridCol w:w="1847"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00804AE4" w:rsidTr="00392734">
+      <w:tr w:rsidR="00804AE4" w:rsidRPr="00986934" w:rsidTr="00392734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5373" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00804AE4" w:rsidRPr="00804AE4" w:rsidRDefault="00804AE4" w:rsidP="00804AE4">
+          <w:p w:rsidR="00804AE4" w:rsidRPr="00986934" w:rsidRDefault="00804AE4" w:rsidP="00804AE4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00804AE4">
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986934">
               <w:rPr>
                 <w:b/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Описание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00804AE4" w:rsidRPr="00804AE4" w:rsidRDefault="00804AE4" w:rsidP="00804AE4">
+          <w:p w:rsidR="00804AE4" w:rsidRPr="00986934" w:rsidRDefault="00804AE4" w:rsidP="00804AE4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00804AE4">
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986934">
               <w:rPr>
                 <w:b/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Элемент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1847" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00804AE4" w:rsidRPr="00804AE4" w:rsidRDefault="00804AE4" w:rsidP="00804AE4">
+          <w:p w:rsidR="00804AE4" w:rsidRPr="00986934" w:rsidRDefault="00804AE4" w:rsidP="00804AE4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00804AE4">
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986934">
               <w:rPr>
                 <w:b/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Обязательно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00347048" w:rsidTr="00392734">
+      <w:tr w:rsidR="00347048" w:rsidRPr="00986934" w:rsidTr="00392734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5373" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00347048" w:rsidRPr="003C4AC9" w:rsidRDefault="00347048" w:rsidP="00347048">
+          <w:p w:rsidR="00347048" w:rsidRPr="00986934" w:rsidRDefault="00347048" w:rsidP="00692A9D">
             <w:pPr>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...2 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Индикатор начала </w:t>
+            </w:r>
+            <w:r w:rsidR="00692A9D">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>блока</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00347048" w:rsidRPr="003C4AC9" w:rsidRDefault="00347048" w:rsidP="00347048">
+          <w:p w:rsidR="00347048" w:rsidRPr="00986934" w:rsidRDefault="00347048" w:rsidP="00347048">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>&lt;</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>начало</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1847" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00347048" w:rsidRPr="003C4AC9" w:rsidRDefault="00347048" w:rsidP="00347048">
+          <w:p w:rsidR="00347048" w:rsidRPr="00986934" w:rsidRDefault="00347048" w:rsidP="00347048">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>да</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B60B70" w:rsidTr="00804AE4">
+      <w:tr w:rsidR="00B60B70" w:rsidRPr="00986934" w:rsidTr="00804AE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5373" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B60B70" w:rsidRDefault="0017309D" w:rsidP="00A00B15">
+          <w:p w:rsidR="00B60B70" w:rsidRPr="00986934" w:rsidRDefault="0017309D" w:rsidP="00A00B15">
             <w:pPr>
               <w:jc w:val="both"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>Начало новой страницы с тезис</w:t>
             </w:r>
-            <w:r w:rsidR="00A00B15">
+            <w:r w:rsidR="00A00B15" w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>ами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B60B70" w:rsidRDefault="00B60B70" w:rsidP="00A007F0">
+          <w:p w:rsidR="00B60B70" w:rsidRPr="00986934" w:rsidRDefault="00B60B70" w:rsidP="00A007F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>&lt;</w:t>
             </w:r>
-            <w:r w:rsidR="00A007F0">
+            <w:r w:rsidR="00A007F0" w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>введение</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1847" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B60B70" w:rsidRDefault="00B60B70" w:rsidP="00A74A6D">
+          <w:p w:rsidR="00B60B70" w:rsidRPr="00986934" w:rsidRDefault="00B60B70" w:rsidP="00A74A6D">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>да</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A74A6D" w:rsidTr="00804AE4">
+      <w:tr w:rsidR="00A74A6D" w:rsidRPr="00986934" w:rsidTr="00804AE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5373" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A74A6D" w:rsidRDefault="00CC2417" w:rsidP="0083535C">
+          <w:p w:rsidR="00A74A6D" w:rsidRPr="00986934" w:rsidRDefault="00CC2417" w:rsidP="0083535C">
             <w:pPr>
               <w:jc w:val="both"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>Абзац с текстом</w:t>
             </w:r>
-            <w:r w:rsidR="0017309D">
+            <w:r w:rsidR="0017309D" w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t xml:space="preserve"> введения (шапк</w:t>
             </w:r>
-            <w:r w:rsidR="0083535C">
+            <w:r w:rsidR="0083535C" w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>а</w:t>
             </w:r>
-            <w:r w:rsidR="00A00B15">
+            <w:r w:rsidR="00A00B15" w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t xml:space="preserve"> станицы</w:t>
             </w:r>
-            <w:r w:rsidR="0017309D">
+            <w:r w:rsidR="0017309D" w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A74A6D" w:rsidRPr="007E3E1E" w:rsidRDefault="00A74A6D" w:rsidP="00A74A6D">
+          <w:p w:rsidR="00A74A6D" w:rsidRPr="00986934" w:rsidRDefault="00A74A6D" w:rsidP="00A74A6D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>&lt;</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>абзац</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1847" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A74A6D" w:rsidRDefault="00A74A6D" w:rsidP="00AF48E9">
+          <w:p w:rsidR="00A74A6D" w:rsidRPr="00986934" w:rsidRDefault="00A74A6D" w:rsidP="00AF48E9">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>да</w:t>
             </w:r>
-            <w:r w:rsidR="0017309D">
+            <w:r w:rsidR="0017309D" w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017309D" w:rsidTr="00804AE4">
+      <w:tr w:rsidR="0017309D" w:rsidRPr="00986934" w:rsidTr="00804AE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5373" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0017309D" w:rsidRDefault="0017309D" w:rsidP="0017309D">
+          <w:p w:rsidR="0017309D" w:rsidRPr="00986934" w:rsidRDefault="0017309D" w:rsidP="0017309D">
             <w:pPr>
               <w:jc w:val="both"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>Текст тезиса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0017309D" w:rsidRPr="007E3E1E" w:rsidRDefault="0017309D" w:rsidP="0017309D">
+          <w:p w:rsidR="0017309D" w:rsidRPr="00986934" w:rsidRDefault="0017309D" w:rsidP="0017309D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>&lt;</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>тезис</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1847" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0017309D" w:rsidRDefault="0017309D" w:rsidP="0017309D">
+          <w:p w:rsidR="0017309D" w:rsidRPr="00986934" w:rsidRDefault="0017309D" w:rsidP="0017309D">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>да</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017309D" w:rsidTr="00804AE4">
+      <w:tr w:rsidR="0017309D" w:rsidRPr="00986934" w:rsidTr="00804AE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5373" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0017309D" w:rsidRDefault="00A00B15" w:rsidP="00A00B15">
+          <w:p w:rsidR="0017309D" w:rsidRPr="00986934" w:rsidRDefault="00A00B15" w:rsidP="00A00B15">
             <w:pPr>
               <w:jc w:val="both"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>Т</w:t>
             </w:r>
-            <w:r w:rsidR="0017309D">
+            <w:r w:rsidR="0017309D" w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>екст подробностей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0017309D" w:rsidRPr="007E3E1E" w:rsidRDefault="0017309D" w:rsidP="00A00B15">
+          <w:p w:rsidR="0017309D" w:rsidRPr="00986934" w:rsidRDefault="0017309D" w:rsidP="00A00B15">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>&lt;</w:t>
             </w:r>
-            <w:r w:rsidR="00A00B15">
+            <w:r w:rsidR="00A00B15" w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>подробно</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1847" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0017309D" w:rsidRDefault="0017309D" w:rsidP="0017309D">
+          <w:p w:rsidR="0017309D" w:rsidRPr="00986934" w:rsidRDefault="0017309D" w:rsidP="0017309D">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>да</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D272C0" w:rsidRDefault="00D272C0" w:rsidP="00E42DA4">
+    <w:p w:rsidR="00D272C0" w:rsidRPr="00986934" w:rsidRDefault="00D272C0" w:rsidP="00E42DA4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="0017309D" w:rsidRPr="000E4F92" w:rsidRDefault="0017309D" w:rsidP="0017309D">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0017309D" w:rsidRPr="00986934" w:rsidRDefault="0017309D" w:rsidP="0017309D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000E4F92">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>*вместо элемента &lt;абзац&gt; может также присутствовать любой из дополнительных элементов: &lt;центр&gt;, &lt;отступ&gt;, &lt;список&gt;, &lt;!&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="0083535C" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, &lt;ссылка&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (см. описание доп. элементов ниже).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0017309D" w:rsidRPr="00986934" w:rsidRDefault="0017309D" w:rsidP="00E42DA4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0013747B" w:rsidRPr="00986934" w:rsidRDefault="0013747B" w:rsidP="00E42DA4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пример записи для </w:t>
+      </w:r>
+      <w:r w:rsidR="00A74A6D" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>страницы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с минимальным набором параметров:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0013747B" w:rsidRPr="00986934" w:rsidRDefault="0013747B" w:rsidP="00E42DA4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00347048" w:rsidRPr="00986934" w:rsidRDefault="00347048" w:rsidP="00347048">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;начало&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC2417" w:rsidRPr="00986934" w:rsidRDefault="008A6D5A" w:rsidP="008A6D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000E4F92">
+      <w:r w:rsidR="00A007F0" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>введение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="0083535C" w:rsidRPr="0083535C">
+    </w:p>
+    <w:p w:rsidR="008A6D5A" w:rsidRPr="00986934" w:rsidRDefault="00CC2417" w:rsidP="008A6D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;абзац&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="008A6D5A" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Это </w:t>
+      </w:r>
+      <w:r w:rsidR="0017309D" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>введение</w:t>
+      </w:r>
+      <w:r w:rsidR="008A6D5A" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5DED" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">страницы с </w:t>
+      </w:r>
+      <w:r w:rsidR="008A6D5A" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тезиса</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5DED" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidR="008A6D5A" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF48E9" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На странице </w:t>
+      </w:r>
+      <w:r w:rsidR="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>допускается</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF48E9" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> только один </w:t>
+      </w:r>
+      <w:r w:rsidR="0017309D" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>абзац введения</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF48E9" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0017309D" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00986934" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Внешний вид абзаца можно также изменить уже непосредственно в редакторе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00986934" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тестемы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00986934" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF48E9" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В блоке может быть любое количество страниц</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5DED" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с тезисами</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF48E9" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74A6D" w:rsidRPr="00986934" w:rsidRDefault="00A74A6D" w:rsidP="00A74A6D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="0083535C">
-[...2 lines deleted...]
-      <w:r w:rsidR="0083535C" w:rsidRPr="0083535C">
+      <w:r w:rsidR="00E25742" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тезис</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r>
-[...157 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00E25742" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Это текст тезиса. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF48E9" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рекомендуется умещать его в одной строке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0013747B" w:rsidRPr="00986934" w:rsidRDefault="00F554AE" w:rsidP="00AD2A25">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;подробно&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74A6D" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Это текст </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5DED" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подробностей (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25742" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>расширенной информации, описывающей тезис</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5DED" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74A6D" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00AF48E9" w:rsidRPr="00AF48E9">
-[...19 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00BA5DED" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для каждого</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25742" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тезиса </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5DED" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>может быть только один элемент &lt;подробно&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="0017309D" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0017309D">
-[...245 lines deleted...]
-    <w:p w:rsidR="00642C01" w:rsidRDefault="00642C01" w:rsidP="006112CF">
+    </w:p>
+    <w:p w:rsidR="00986934" w:rsidRDefault="00986934" w:rsidP="003D16B9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...211 lines deleted...]
-    <w:p w:rsidR="00642C01" w:rsidRDefault="00AF48E9" w:rsidP="006112CF">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED049D" w:rsidRPr="00986934" w:rsidRDefault="00ED049D" w:rsidP="003D16B9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...216 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...213 lines deleted...]
-    <w:p w:rsidR="00ED049D" w:rsidRDefault="00ED049D" w:rsidP="00ED049D">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дополнительные элементы (не являются обязательными)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED049D" w:rsidRPr="00986934" w:rsidRDefault="00ED049D" w:rsidP="00ED049D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7508"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED049D" w:rsidTr="00263D0B">
+      <w:tr w:rsidR="00986934" w:rsidTr="00981A10">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED049D" w:rsidRPr="00804AE4" w:rsidRDefault="00ED049D" w:rsidP="00263D0B">
+          <w:p w:rsidR="00986934" w:rsidRPr="00804AE4" w:rsidRDefault="00986934" w:rsidP="00981A10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00804AE4">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Описание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED049D" w:rsidRPr="00804AE4" w:rsidRDefault="00ED049D" w:rsidP="00263D0B">
+          <w:p w:rsidR="00986934" w:rsidRPr="00804AE4" w:rsidRDefault="00986934" w:rsidP="00981A10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00804AE4">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Элемент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED049D" w:rsidTr="00263D0B">
+      <w:tr w:rsidR="00986934" w:rsidTr="00981A10">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED049D" w:rsidRPr="00ED049D" w:rsidRDefault="00ED049D" w:rsidP="00F34E75">
+          <w:p w:rsidR="00986934" w:rsidRPr="00ED049D" w:rsidRDefault="00986934" w:rsidP="00981A10">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Заголовок для </w:t>
-[...2 lines deleted...]
-              <w:t>всех страниц текущего блока</w:t>
+              <w:t>Заголовок для всех страниц текущего блока</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED049D" w:rsidRDefault="00ED049D" w:rsidP="00ED049D">
+          <w:p w:rsidR="00986934" w:rsidRDefault="00986934" w:rsidP="00981A10">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>&lt;заголовок&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED049D" w:rsidTr="00263D0B">
+      <w:tr w:rsidR="00986934" w:rsidTr="00981A10">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED049D" w:rsidRDefault="008D694D" w:rsidP="00F0744D">
+          <w:p w:rsidR="00986934" w:rsidRDefault="00986934" w:rsidP="00981A10">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>Жирный текст</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>Жирный текст с выравниванием по центру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00986934" w:rsidRDefault="00986934" w:rsidP="00981A10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
-              <w:t xml:space="preserve"> с выравниванием по центру</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>&lt;центр&gt;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986934" w:rsidTr="00981A10">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00986934" w:rsidRDefault="00986934" w:rsidP="00981A10">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Абзац с отступом слева</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED049D" w:rsidRDefault="00ED049D" w:rsidP="008D694D">
+          <w:p w:rsidR="00986934" w:rsidRDefault="00986934" w:rsidP="00981A10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>&lt;отступ&gt;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986934" w:rsidTr="00981A10">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00986934" w:rsidRPr="00D5064A" w:rsidRDefault="00986934" w:rsidP="00981A10">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Элемент маркированного списка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00986934" w:rsidRDefault="00986934" w:rsidP="00981A10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>&lt;список&gt;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986934" w:rsidTr="00981A10">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00986934" w:rsidRDefault="00986934" w:rsidP="00981A10">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Текст в рамке с указанием особой важности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00986934" w:rsidRDefault="00986934" w:rsidP="00981A10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>&lt;!&gt;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986934" w:rsidTr="00981A10">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00986934" w:rsidRDefault="00986934" w:rsidP="00981A10">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Сделать текст любого элемента наклонным</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00986934" w:rsidRDefault="00986934" w:rsidP="00981A10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>&lt;наклон&gt;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB2FC9" w:rsidTr="00981A10">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB2FC9" w:rsidRPr="00986934" w:rsidRDefault="00DB2FC9" w:rsidP="00DB2FC9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Текст в рамке с указанием особой важности в конце страницы с тезисами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB2FC9" w:rsidRPr="00986934" w:rsidRDefault="00DB2FC9" w:rsidP="00DB2FC9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>&lt;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>важно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986934">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>&gt;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB2FC9" w:rsidTr="00981A10">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB2FC9" w:rsidRDefault="00DB2FC9" w:rsidP="00DB2FC9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Изображение для страницы с тезисом (любое количество)*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB2FC9" w:rsidRDefault="00DB2FC9" w:rsidP="00DB2FC9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>&lt;фото&gt;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB2FC9" w:rsidTr="00981A10">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB2FC9" w:rsidRDefault="00DB2FC9" w:rsidP="00DB2FC9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Описание изображения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB2FC9" w:rsidRDefault="00DB2FC9" w:rsidP="00DB2FC9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>&lt;описание&gt;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB2FC9" w:rsidTr="00981A10">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB2FC9" w:rsidRDefault="00DB2FC9" w:rsidP="00DB2FC9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Аудио или видеофайл (воспроизводится непосредственно на странице блока)*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB2FC9" w:rsidRDefault="00DB2FC9" w:rsidP="00DB2FC9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>&lt;файл&gt;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB2FC9" w:rsidTr="00981A10">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB2FC9" w:rsidRDefault="00DB2FC9" w:rsidP="00DB2FC9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Ссылка на внешний аудио или видеофайл (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>URL</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> стороннего ресурса), невидимая для пользователя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB2FC9" w:rsidRDefault="00DB2FC9" w:rsidP="00DB2FC9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>&lt;</w:t>
             </w:r>
-            <w:r w:rsidR="008D694D">
-              <w:t>центр</w:t>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>html</w:t>
             </w:r>
             <w:r>
               <w:t>&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D694D" w:rsidTr="00263D0B">
+      <w:tr w:rsidR="00DB2FC9" w:rsidTr="00981A10">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008D694D" w:rsidRDefault="008D694D" w:rsidP="008D694D">
+          <w:p w:rsidR="00DB2FC9" w:rsidRDefault="00DB2FC9" w:rsidP="00DB2FC9">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Абзац </w:t>
-[...5 lines deleted...]
-              <w:t>с отступом слева</w:t>
+              <w:t>Текст ссылки для перехода на внешнюю страницу с аудио или видеофайлом, отображаемый пользователю во введении</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008D694D" w:rsidRDefault="008D694D" w:rsidP="008D694D">
-[...381 lines deleted...]
-          <w:p w:rsidR="002F00B7" w:rsidRDefault="002F00B7" w:rsidP="002F00B7">
+          <w:p w:rsidR="00DB2FC9" w:rsidRDefault="00DB2FC9" w:rsidP="00DB2FC9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>&lt;ссылка&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F00B7" w:rsidTr="00263D0B">
+      <w:tr w:rsidR="00DB2FC9" w:rsidTr="00981A10">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002F00B7" w:rsidRDefault="002F00B7" w:rsidP="002F00B7">
+          <w:p w:rsidR="00DB2FC9" w:rsidRDefault="00DB2FC9" w:rsidP="00DB2FC9">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>Источник изображения, аудио или видеофайла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002F00B7" w:rsidRDefault="002F00B7" w:rsidP="002F00B7">
+          <w:p w:rsidR="00DB2FC9" w:rsidRDefault="00DB2FC9" w:rsidP="00DB2FC9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>&lt;источник&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00ED049D" w:rsidRDefault="00ED049D" w:rsidP="00ED049D">
+    <w:p w:rsidR="00ED049D" w:rsidRPr="00986934" w:rsidRDefault="00ED049D" w:rsidP="00ED049D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00ED049D" w:rsidRDefault="00ED049D" w:rsidP="00ED049D">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB2FC9" w:rsidRDefault="00DB2FC9" w:rsidP="00DB2FC9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>*для аудио или видеофайла указывается полный путь к файлу на вашем ПК. Пример:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00ED049D" w:rsidRDefault="00ED049D" w:rsidP="00ED049D">
+        <w:t>* указывается только название файла, без пути на вашем ПК. Пример:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB2FC9" w:rsidRDefault="00DB2FC9" w:rsidP="00DB2FC9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D9725B" w:rsidRPr="00D9725B" w:rsidRDefault="00D9725B" w:rsidP="00D9725B">
+    <w:p w:rsidR="00DB2FC9" w:rsidRPr="00D9725B" w:rsidRDefault="00DB2FC9" w:rsidP="00DB2FC9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
       </w:pPr>
-      <w:r w:rsidRPr="003E168F">
+      <w:r w:rsidRPr="00653D88">
         <w:rPr>
           <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
         </w:rPr>
         <w:t>&lt;фото&gt;</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>picture</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E75CF7">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>C</w:t>
-[...36 lines deleted...]
-        </w:rPr>
         <w:t>jpg</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED049D" w:rsidRPr="005A74EF" w:rsidRDefault="00ED049D" w:rsidP="00ED049D">
+    <w:p w:rsidR="00DB2FC9" w:rsidRPr="005A74EF" w:rsidRDefault="00DB2FC9" w:rsidP="00DB2FC9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
       </w:pPr>
-      <w:r w:rsidRPr="003E168F">
+      <w:r w:rsidRPr="00653D88">
         <w:rPr>
           <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
         </w:rPr>
         <w:t>&lt;файл&gt;</w:t>
-      </w:r>
-[...11 lines deleted...]
-        <w:t>:\мои проекты\Тесты для студентов\видео\</w:t>
       </w:r>
       <w:r w:rsidRPr="00E75CF7">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sample</w:t>
       </w:r>
       <w:r w:rsidRPr="00E75CF7">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E75CF7">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>mp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E75CF7">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED049D" w:rsidRDefault="00ED049D" w:rsidP="00ED049D">
+    <w:p w:rsidR="00ED049D" w:rsidRPr="00986934" w:rsidRDefault="00ED049D" w:rsidP="00ED049D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00642C01" w:rsidRPr="00D5064A" w:rsidRDefault="00ED049D" w:rsidP="00ED049D">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F00B7" w:rsidRPr="00986934" w:rsidRDefault="00D9725B" w:rsidP="00AD2A25">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...13 lines deleted...]
-          <w:sz w:val="22"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ВАЖНО: </w:t>
+      </w:r>
+      <w:r w:rsidR="001358BD" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>э</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лементы</w:t>
+      </w:r>
+      <w:r w:rsidR="001358BD" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &lt;описание&gt; и &lt;источник&gt; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>являются компонентами элемента &lt;фото&gt; или &lt;файл&gt;, стояще</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF64CC" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в вашем тексте непосредственно перед ними.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0083535C" w:rsidRPr="00986934" w:rsidRDefault="0083535C" w:rsidP="00AD2A25">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обратите внимание на то, что </w:t>
+      </w:r>
+      <w:r w:rsidR="001922C8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>каждая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> страница с тезисами может содержать во введении не более одного элемента &lt;абзац&gt; или его аналогов из перечня дополнительных элементов.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0017309D" w:rsidRPr="00986934" w:rsidRDefault="00D9725B" w:rsidP="00F34E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00642C01" w:rsidRPr="00986934" w:rsidRDefault="00AD2A25" w:rsidP="009B7A96">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пример записи </w:t>
+      </w:r>
+      <w:r w:rsidR="00B260FD" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для страницы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E62F7" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тезисов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="006E62F7" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дополнительными элементами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD2A25" w:rsidRPr="00986934" w:rsidRDefault="00AD2A25" w:rsidP="00AD2A25">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00347048" w:rsidRPr="00986934" w:rsidRDefault="00347048" w:rsidP="00347048">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;начало&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD2A25" w:rsidRPr="00986934" w:rsidRDefault="00AD2A25" w:rsidP="00AD2A25">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;заголовок&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00B260FD" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Знакомство с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B260FD" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тестемой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B260FD" w:rsidRPr="00986934" w:rsidRDefault="00B260FD" w:rsidP="00B260FD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="006E62F7" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>введение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B260FD" w:rsidRPr="00986934" w:rsidRDefault="00B260FD" w:rsidP="00B260FD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;центр&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это текст</w:t>
+      </w:r>
+      <w:r w:rsidR="006E62F7" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> введения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в центре</w:t>
+      </w:r>
+      <w:r w:rsidR="006E62F7" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Использован вместо элемента &lt;абзац&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B260FD" w:rsidRPr="00986934" w:rsidRDefault="00385997" w:rsidP="00B260FD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="006E62F7" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>важно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это важный текст</w:t>
+      </w:r>
+      <w:r w:rsidR="006E62F7" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, который всегда расположен в конце страницы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E62F7" w:rsidRPr="00986934" w:rsidRDefault="006E62F7" w:rsidP="00B260FD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;тезис&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="009353F9" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>динственный тезис на первой странице</w:t>
+      </w:r>
+      <w:r w:rsidR="009353F9" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E62F7" w:rsidRPr="00986934" w:rsidRDefault="006E62F7" w:rsidP="00B260FD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;подробно&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="009353F9" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>…хотя, пар из элементов &lt;тезис&gt; и &lt;подробно&gt; на такой странице может быть любое количество.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009353F9" w:rsidRPr="00986934" w:rsidRDefault="009353F9" w:rsidP="009353F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;фото&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Windows</w:t>
-[...11 lines deleted...]
-          <w:sz w:val="22"/>
+        <w:t>picture</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>jpg</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009353F9" w:rsidRPr="00986934" w:rsidRDefault="009353F9" w:rsidP="009353F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;источник&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Атлас хвойных растений, издательство «Природа», 2024 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009353F9" w:rsidRPr="00986934" w:rsidRDefault="009353F9" w:rsidP="009353F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;фото&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>picture</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jpg</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009353F9" w:rsidRPr="00986934" w:rsidRDefault="009353F9" w:rsidP="009353F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;описание&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Фото ели №2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009353F9" w:rsidRPr="00986934" w:rsidRDefault="009353F9" w:rsidP="00B260FD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E62F7" w:rsidRPr="00986934" w:rsidRDefault="006E62F7" w:rsidP="00B260FD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;введение&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Это начало второй страницы с тезисами. В элементе &lt;введение&gt; можно писать любой текст для своих заметок. Данный текст нигде не </w:t>
+      </w:r>
+      <w:r w:rsidR="001922C8">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отобразится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E62F7" w:rsidRPr="00986934" w:rsidRDefault="006E62F7" w:rsidP="006E62F7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;файл&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>sample</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D5064A">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D5064A">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>mp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D5064A">
-[...17 lines deleted...]
-        <w:ind w:firstLine="709"/>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E62F7" w:rsidRPr="00986934" w:rsidRDefault="006E62F7" w:rsidP="006E62F7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;ссылка&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Это текст ссылки </w:t>
+      </w:r>
+      <w:r w:rsidR="009353F9" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>видео. Использован вместо элемента &lt;абзац&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E62F7" w:rsidRPr="00986934" w:rsidRDefault="006E62F7" w:rsidP="006E62F7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;источник&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С.И. Иванов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E62F7" w:rsidRPr="00986934" w:rsidRDefault="006E62F7" w:rsidP="006E62F7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;тезис&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="009353F9" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это первый тезис на 2 странице</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E62F7" w:rsidRPr="00986934" w:rsidRDefault="006E62F7" w:rsidP="006E62F7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;подробно&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="009353F9" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это текст подробностей для первого тезиса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009353F9" w:rsidRPr="00986934" w:rsidRDefault="009353F9" w:rsidP="009353F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;тезис&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это второй тезис на 2 странице</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009353F9" w:rsidRPr="00986934" w:rsidRDefault="009353F9" w:rsidP="009353F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;подробно&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это текст подробностей для второго тезиса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009353F9" w:rsidRPr="00986934" w:rsidRDefault="009353F9" w:rsidP="009353F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;тезис&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это третий тезис на 2 странице</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009353F9" w:rsidRPr="00986934" w:rsidRDefault="009353F9" w:rsidP="009353F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;подробно&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это текст подробностей для третьего тезиса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009353F9" w:rsidRPr="00986934" w:rsidRDefault="009353F9" w:rsidP="009353F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;важно&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это важный текст, который будет показан в конце 2 страницы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E62F7" w:rsidRPr="00986934" w:rsidRDefault="006E62F7" w:rsidP="006E62F7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;фото&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>picture</w:t>
+      </w:r>
+      <w:r w:rsidR="009353F9" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jpg</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009353F9" w:rsidRPr="00986934" w:rsidRDefault="009353F9" w:rsidP="006E62F7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009353F9" w:rsidRPr="00986934" w:rsidRDefault="009353F9" w:rsidP="009353F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;введение&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009353F9" w:rsidRPr="00986934" w:rsidRDefault="009353F9" w:rsidP="009353F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;наклон&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009353F9" w:rsidRPr="00986934" w:rsidRDefault="009353F9" w:rsidP="009353F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;отступ&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это текст введения с отступом слева</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5BA6" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, который</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5BA6" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">спользован вместо элемента &lt;абзац&gt;. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5BA6" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Текст написан наклонным шрифтом, поскольку перед элементом &lt;отступ&gt; присутствует элемент &lt;наклон&gt;.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009353F9" w:rsidRPr="00986934" w:rsidRDefault="009353F9" w:rsidP="009353F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>&lt;тезис&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Это первый тезис на </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5BA6" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> странице</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009353F9" w:rsidRPr="00986934" w:rsidRDefault="009353F9" w:rsidP="009353F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;подробно&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это текст подробностей для первого тезиса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009353F9" w:rsidRPr="00986934" w:rsidRDefault="009353F9" w:rsidP="009353F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;тезис&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Это второй тезис на </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5BA6" w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> странице</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009353F9" w:rsidRDefault="009353F9" w:rsidP="009353F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="9CC2E5" w:themeColor="accent1" w:themeTint="99"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;подробно&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986934">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это текст подробностей для второго тезиса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001922C8" w:rsidRDefault="001922C8" w:rsidP="009353F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001922C8" w:rsidRPr="004D64AF" w:rsidRDefault="001922C8" w:rsidP="001922C8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Для элементов </w:t>
-[...82 lines deleted...]
-        <w:t xml:space="preserve">В этом случае после сохранения проекта в </w:t>
+        <w:t xml:space="preserve">Чтобы увидеть результат импорта, создайте новый файл, скопируйте в него данный пример и загрузите в редакторе </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Тестеме</w:t>
+        <w:t>Тестемы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> необходимо создать папку с именем </w:t>
-[...1504 lines deleted...]
-        <w:t xml:space="preserve"> в </w:t>
+        <w:t xml:space="preserve">, изменив названия </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Тестеме</w:t>
+        <w:t>медиафайлов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00675A21">
-[...15 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:t>Страница 1</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> и изображений на свои. Общие принципы добавления специальной разметки </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>после клика на тезис</w:t>
-[...14 lines deleted...]
-      </w:pPr>
+        <w:t>Тестемы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:rPr>
-[...185 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> в текстовые файлы, а также пошаговую инструкцию по импорту в редакторе можно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:r w:rsidRPr="004970C7">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>скачать здесь</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r>
-        <w:t>Страница 2 (до клика на тезисы)</w:t>
-[...263 lines deleted...]
-    <w:sectPr w:rsidR="00675A21" w:rsidSect="006C0B77">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001922C8" w:rsidRPr="00986934" w:rsidRDefault="001922C8" w:rsidP="009353F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="001922C8" w:rsidRPr="00986934" w:rsidSect="00986934">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="851" w:bottom="567" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
@@ -4526,153 +2878,159 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA7138"/>
     <w:rsid w:val="00045D7B"/>
     <w:rsid w:val="00091140"/>
     <w:rsid w:val="001152D5"/>
     <w:rsid w:val="001358BD"/>
     <w:rsid w:val="0013747B"/>
     <w:rsid w:val="0017309D"/>
+    <w:rsid w:val="001922C8"/>
     <w:rsid w:val="001D408E"/>
+    <w:rsid w:val="001E7C40"/>
     <w:rsid w:val="00201BFA"/>
     <w:rsid w:val="00201D7D"/>
     <w:rsid w:val="002163B8"/>
     <w:rsid w:val="00224D06"/>
     <w:rsid w:val="00236598"/>
     <w:rsid w:val="00253926"/>
     <w:rsid w:val="002A0A3A"/>
     <w:rsid w:val="002C1A33"/>
     <w:rsid w:val="002F00B7"/>
     <w:rsid w:val="00347048"/>
     <w:rsid w:val="003669A8"/>
     <w:rsid w:val="00385997"/>
     <w:rsid w:val="00392734"/>
     <w:rsid w:val="003D16B9"/>
     <w:rsid w:val="003E168F"/>
     <w:rsid w:val="003E7C76"/>
     <w:rsid w:val="005A74EF"/>
     <w:rsid w:val="005D5859"/>
     <w:rsid w:val="006112CF"/>
     <w:rsid w:val="00636DA8"/>
     <w:rsid w:val="00642C01"/>
     <w:rsid w:val="00675A21"/>
+    <w:rsid w:val="00692A9D"/>
     <w:rsid w:val="006C0B77"/>
     <w:rsid w:val="006E62F7"/>
     <w:rsid w:val="007853CC"/>
     <w:rsid w:val="007E3E1E"/>
     <w:rsid w:val="00804AE4"/>
     <w:rsid w:val="008242FF"/>
     <w:rsid w:val="00826A1B"/>
     <w:rsid w:val="0083535C"/>
     <w:rsid w:val="008544D5"/>
     <w:rsid w:val="00870751"/>
     <w:rsid w:val="00871A1F"/>
     <w:rsid w:val="008A6D5A"/>
     <w:rsid w:val="008C6685"/>
     <w:rsid w:val="008D694D"/>
     <w:rsid w:val="00922C48"/>
     <w:rsid w:val="009353F9"/>
     <w:rsid w:val="00970B7E"/>
+    <w:rsid w:val="00986934"/>
     <w:rsid w:val="009B7A96"/>
     <w:rsid w:val="00A007F0"/>
     <w:rsid w:val="00A00B15"/>
     <w:rsid w:val="00A74A6D"/>
     <w:rsid w:val="00AD2A25"/>
     <w:rsid w:val="00AF48E9"/>
     <w:rsid w:val="00B07A5F"/>
     <w:rsid w:val="00B260FD"/>
     <w:rsid w:val="00B42423"/>
     <w:rsid w:val="00B60B70"/>
     <w:rsid w:val="00B915B7"/>
     <w:rsid w:val="00BA5DED"/>
     <w:rsid w:val="00BB5E22"/>
     <w:rsid w:val="00BE5BA6"/>
     <w:rsid w:val="00C03F07"/>
     <w:rsid w:val="00C361A2"/>
     <w:rsid w:val="00C43247"/>
     <w:rsid w:val="00CA7138"/>
     <w:rsid w:val="00CB0DE7"/>
     <w:rsid w:val="00CC2417"/>
     <w:rsid w:val="00CF29BC"/>
     <w:rsid w:val="00D272C0"/>
     <w:rsid w:val="00D5064A"/>
     <w:rsid w:val="00D73F8E"/>
     <w:rsid w:val="00D9725B"/>
+    <w:rsid w:val="00DB2FC9"/>
     <w:rsid w:val="00DC7461"/>
     <w:rsid w:val="00E25742"/>
     <w:rsid w:val="00E42DA4"/>
     <w:rsid w:val="00E75CF7"/>
     <w:rsid w:val="00EA59DF"/>
     <w:rsid w:val="00ED049D"/>
     <w:rsid w:val="00EE4070"/>
     <w:rsid w:val="00F0744D"/>
     <w:rsid w:val="00F12C76"/>
     <w:rsid w:val="00F34E75"/>
+    <w:rsid w:val="00F554AE"/>
     <w:rsid w:val="00F6418A"/>
     <w:rsid w:val="00F876C0"/>
     <w:rsid w:val="00FF64CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="27F59B8D"/>
+  <w14:docId w14:val="5F946D10"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{26BFF56E-5618-42B5-8955-42A21F953643}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -5082,62 +3440,73 @@
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00804AE4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001922C8"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://testema.ru/web?download=%D0%9F%D0%BE%D1%88%D0%B0%D0%B3%D0%BE%D0%B2%D0%B0%D1%8F%20%D0%98%D0%BD%D1%81%D1%82%D1%80%D1%83%D0%BA%D1%86%D0%B8%D1%8F%20%D0%BF%D0%BE%20%D1%80%D0%B0%D0%B7%D0%BC%D0%B5%D1%82%D0%BA%D0%B5.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5361,70 +3730,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>4670</Characters>
+  <Pages>3</Pages>
+  <Words>654</Words>
+  <Characters>3734</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5479</CharactersWithSpaces>
+  <CharactersWithSpaces>4380</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>